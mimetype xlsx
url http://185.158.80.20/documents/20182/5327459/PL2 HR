--- v0 (2025-10-30)
+++ v1 (2025-12-20)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PL2 HR" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="135" uniqueCount="27">
-[...1 lines deleted...]
-    <t>Zagreb, 27.08.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="183" uniqueCount="30">
+  <si>
+    <t>Zagreb, 19.11.2025</t>
   </si>
   <si>
     <t>HRVATSKA NARODNA BANKA</t>
   </si>
   <si>
     <t>Sektor platnog prometa</t>
   </si>
   <si>
     <t>Direkcija za nadzor platnog prometa</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>PREKOGRANIČNE/MEĐUNARODNE NOVČANE POŠILJKE {1}  - 2025. godina</t>
   </si>
   <si>
     <t>Izvještajno razdoblje</t>
   </si>
   <si>
     <t>Vrsta transakcije</t>
   </si>
   <si>
     <t>POTROŠAČ</t>
   </si>
@@ -81,50 +81,59 @@
     <t> SIJEČANJ</t>
   </si>
   <si>
     <t>Poslane</t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
     <t>Primljene</t>
   </si>
   <si>
     <t> VELJAČA</t>
   </si>
   <si>
     <t> OŽUJAK</t>
   </si>
   <si>
     <t> TRAVANJ</t>
   </si>
   <si>
     <t> SVIBANJ</t>
   </si>
   <si>
     <t> LIPANJ</t>
+  </si>
+  <si>
+    <t> SRPANJ</t>
+  </si>
+  <si>
+    <t> KOLOVOZ</t>
+  </si>
+  <si>
+    <t> RUJAN</t>
   </si>
   <si>
     <t> UKUPNO </t>
   </si>
   <si>
     <t>{1} Izvor transakcije: gotov novac i platna kartica </t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Tablica prikazuje sve prekogranične/međunarodne novčane pošiljke izvršene u svim valutama preračunato u eure </t>
   </si>
   <si>
     <t>kojima je izvor gotov novac i platna kartica (card to card i card to account).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
@@ -531,51 +540,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:N28"/>
+  <dimension ref="A1:N34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21" customWidth="1"/>
     <col min="2" max="2" width="21" customWidth="1"/>
     <col min="3" max="3" width="26" customWidth="1"/>
     <col min="4" max="4" width="4" customWidth="1"/>
     <col min="5" max="5" width="26" customWidth="1"/>
     <col min="6" max="6" width="4" customWidth="1"/>
     <col min="7" max="7" width="26" customWidth="1"/>
     <col min="8" max="8" width="4" customWidth="1"/>
     <col min="9" max="9" width="26" customWidth="1"/>
     <col min="10" max="10" width="4" customWidth="1"/>
     <col min="11" max="11" width="26" customWidth="1"/>
     <col min="12" max="12" width="4" customWidth="1"/>
     <col min="13" max="13" width="26" customWidth="1"/>
     <col min="14" max="14" width="4" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
@@ -1159,155 +1168,419 @@
         <v>680</v>
       </c>
       <c r="H22" t="s" s="7">
         <v>15</v>
       </c>
       <c r="I22" s="8">
         <v>144916.476460583632577</v>
       </c>
       <c r="J22" t="s" s="7">
         <v>15</v>
       </c>
       <c r="K22" s="9">
         <v>10391</v>
       </c>
       <c r="L22" t="s" s="10">
         <v>15</v>
       </c>
       <c r="M22" s="9">
         <v>3177460.337214381273582</v>
       </c>
       <c r="N22" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:14">
-      <c r="A23" t="s" s="11">
+      <c r="A23" t="s" s="7">
         <v>22</v>
       </c>
-      <c r="B23" t="s" s="11">
+      <c r="B23" t="s" s="7">
         <v>14</v>
       </c>
-      <c r="C23" s="12">
-[...32 lines deleted...]
-      <c r="N23" t="s" s="11">
+      <c r="C23" s="8">
+        <v>12450</v>
+      </c>
+      <c r="D23" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="E23" s="8">
+        <v>4599525.131485960600637</v>
+      </c>
+      <c r="F23" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="G23" s="8">
+        <v>125</v>
+      </c>
+      <c r="H23" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="I23" s="8">
+        <v>343299.682754014826348</v>
+      </c>
+      <c r="J23" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="K23" s="9">
+        <v>12575</v>
+      </c>
+      <c r="L23" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="M23" s="9">
+        <v>4942824.814239975426985</v>
+      </c>
+      <c r="N23" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:14">
-      <c r="A24" t="s" s="13">
-[...2 lines deleted...]
-      <c r="B24" t="s" s="13">
+      <c r="A24" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B24" t="s" s="7">
         <v>16</v>
       </c>
-      <c r="C24" s="14">
-[...32 lines deleted...]
-      <c r="N24" t="s" s="13">
+      <c r="C24" s="8">
+        <v>9996</v>
+      </c>
+      <c r="D24" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="E24" s="8">
+        <v>3218876.411380215456373</v>
+      </c>
+      <c r="F24" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="G24" s="8">
+        <v>673</v>
+      </c>
+      <c r="H24" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="I24" s="8">
+        <v>175495.786493361618369</v>
+      </c>
+      <c r="J24" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="K24" s="9">
+        <v>10669</v>
+      </c>
+      <c r="L24" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="M24" s="9">
+        <v>3394372.197873577074742</v>
+      </c>
+      <c r="N24" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:14">
-      <c r="A25" t="s">
+      <c r="A25" t="s" s="7">
         <v>23</v>
       </c>
+      <c r="B25" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="C25" s="8">
+        <v>11011</v>
+      </c>
+      <c r="D25" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="E25" s="8">
+        <v>4008610.194177240155708</v>
+      </c>
+      <c r="F25" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="G25" s="8">
+        <v>105</v>
+      </c>
+      <c r="H25" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="I25" s="8">
+        <v>258395.625150809076058</v>
+      </c>
+      <c r="J25" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="K25" s="9">
+        <v>11116</v>
+      </c>
+      <c r="L25" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="M25" s="9">
+        <v>4267005.819328049231766</v>
+      </c>
+      <c r="N25" t="s" s="10">
+        <v>15</v>
+      </c>
     </row>
     <row r="26" spans="1:14">
-      <c r="A26" t="s">
+      <c r="A26" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B26" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C26" s="8">
+        <v>8817</v>
+      </c>
+      <c r="D26" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="E26" s="8">
+        <v>2980468.121045744883052</v>
+      </c>
+      <c r="F26" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="G26" s="8">
+        <v>677</v>
+      </c>
+      <c r="H26" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="I26" s="8">
+        <v>157622.616775409757502</v>
+      </c>
+      <c r="J26" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="K26" s="9">
+        <v>9494</v>
+      </c>
+      <c r="L26" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="M26" s="9">
+        <v>3138090.737821154640554</v>
+      </c>
+      <c r="N26" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14">
+      <c r="A27" t="s" s="7">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A27" t="s">
+      <c r="B27" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="C27" s="8">
+        <v>11399</v>
+      </c>
+      <c r="D27" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="E27" s="8">
+        <v>3886914.703400333878542</v>
+      </c>
+      <c r="F27" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="G27" s="8">
+        <v>101</v>
+      </c>
+      <c r="H27" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="I27" s="8">
+        <v>232477.992546760493841</v>
+      </c>
+      <c r="J27" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="K27" s="9">
+        <v>11500</v>
+      </c>
+      <c r="L27" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="M27" s="9">
+        <v>4119392.695947094372383</v>
+      </c>
+      <c r="N27" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14">
+      <c r="A28" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B28" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C28" s="8">
+        <v>9494</v>
+      </c>
+      <c r="D28" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="E28" s="8">
+        <v>3189047.552250966122714</v>
+      </c>
+      <c r="F28" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="G28" s="8">
+        <v>713</v>
+      </c>
+      <c r="H28" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="I28" s="8">
+        <v>164749.196267889670075</v>
+      </c>
+      <c r="J28" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="K28" s="9">
+        <v>10207</v>
+      </c>
+      <c r="L28" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="M28" s="9">
+        <v>3353796.748518855792789</v>
+      </c>
+      <c r="N28" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14">
+      <c r="A29" t="s" s="11">
         <v>25</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A28" t="s">
+      <c r="B29" t="s" s="11">
+        <v>14</v>
+      </c>
+      <c r="C29" s="12">
+        <v>86400</v>
+      </c>
+      <c r="D29" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="E29" s="12">
+        <v>28127500.167216989810368</v>
+      </c>
+      <c r="F29" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="G29" s="12">
+        <v>941</v>
+      </c>
+      <c r="H29" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="I29" s="12">
+        <v>2289236.720184707334888</v>
+      </c>
+      <c r="J29" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="K29" s="12">
+        <v>87341</v>
+      </c>
+      <c r="L29" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="M29" s="12">
+        <v>30416736.887401697145256</v>
+      </c>
+      <c r="N29" t="s" s="11">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14">
+      <c r="A30" t="s" s="13">
+        <v>15</v>
+      </c>
+      <c r="B30" t="s" s="13">
+        <v>16</v>
+      </c>
+      <c r="C30" s="14">
+        <v>86543</v>
+      </c>
+      <c r="D30" t="s" s="13">
+        <v>15</v>
+      </c>
+      <c r="E30" s="14">
+        <v>27532490.343694682679122</v>
+      </c>
+      <c r="F30" t="s" s="13">
+        <v>15</v>
+      </c>
+      <c r="G30" s="14">
+        <v>6401</v>
+      </c>
+      <c r="H30" t="s" s="13">
+        <v>15</v>
+      </c>
+      <c r="I30" s="14">
+        <v>1485039.918998597128879</v>
+      </c>
+      <c r="J30" t="s" s="13">
+        <v>15</v>
+      </c>
+      <c r="K30" s="14">
+        <v>92944</v>
+      </c>
+      <c r="L30" t="s" s="13">
+        <v>15</v>
+      </c>
+      <c r="M30" s="14">
+        <v>29017530.262693279808001</v>
+      </c>
+      <c r="N30" t="s" s="13">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="31" spans="1:14">
+      <c r="A31" t="s">
         <v>26</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14">
+      <c r="A32" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14">
+      <c r="A33" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="34" spans="1:14">
+      <c r="A34" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="19">
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>
     <mergeCell ref="A3:N3"/>
     <mergeCell ref="A4:N4"/>
     <mergeCell ref="A5:N5"/>
     <mergeCell ref="A6:N6"/>
     <mergeCell ref="A7:N7"/>
     <mergeCell ref="A8:N8"/>
     <mergeCell ref="A9:A10"/>
     <mergeCell ref="B9:B10"/>
     <mergeCell ref="C9:F9"/>
     <mergeCell ref="G9:J9"/>
     <mergeCell ref="K9:N9"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="E10:F10"/>
     <mergeCell ref="G10:H10"/>
     <mergeCell ref="I10:J10"/>
     <mergeCell ref="K10:L10"/>
     <mergeCell ref="M10:N10"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>